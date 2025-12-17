--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -11,106 +11,106 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://dovergovuk.sharepoint.com/sites/msteams_6596c0/Shared Documents/General/Environmental Protection/Air quality/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="127" documentId="13_ncr:1_{1E5073D2-4E0F-4D59-962D-EE2D23564E7D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{17EFB0E6-35DA-4C45-9BFC-DFFCD161A08F}"/>
+  <xr:revisionPtr revIDLastSave="222" documentId="13_ncr:1_{1E5073D2-4E0F-4D59-962D-EE2D23564E7D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{08B8585B-D907-4C25-8969-12632D1B8710}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="4" xr2:uid="{5FD553DF-2112-49AE-A43A-A5302719804D}"/>
   </bookViews>
   <sheets>
     <sheet name="2022" sheetId="5" r:id="rId1"/>
     <sheet name="2023" sheetId="6" r:id="rId2"/>
     <sheet name="2024" sheetId="7" r:id="rId3"/>
     <sheet name="calcs" sheetId="9" r:id="rId4"/>
     <sheet name="2025" sheetId="8" r:id="rId5"/>
     <sheet name="2021" sheetId="1" r:id="rId6"/>
     <sheet name="2020" sheetId="2" r:id="rId7"/>
     <sheet name="2019" sheetId="3" r:id="rId8"/>
     <sheet name="2018" sheetId="4" r:id="rId9"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="S24" i="7" l="1"/>
   <c r="S14" i="7"/>
   <c r="S6" i="7"/>
   <c r="S28" i="1"/>
   <c r="S25" i="1"/>
   <c r="S22" i="1"/>
   <c r="S9" i="1"/>
   <c r="S7" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1125" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1128" uniqueCount="127">
   <si>
     <t>Dover District NO2 diffusion tube results for (Jan - Dec 2022) µg m-3</t>
   </si>
   <si>
     <t>Site Name</t>
   </si>
   <si>
     <t>Sample No</t>
   </si>
   <si>
     <t>Site Location (Address)</t>
   </si>
   <si>
     <t>Environment</t>
   </si>
   <si>
     <t>Easting</t>
   </si>
   <si>
     <t>Northing</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
@@ -6407,51 +6407,51 @@
       <c r="B27" s="4">
         <v>16.7</v>
       </c>
     </row>
     <row r="28" spans="1:2" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A28" s="5">
         <v>23.5</v>
       </c>
       <c r="B28" s="4"/>
     </row>
     <row r="29" spans="1:2" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A29" s="5">
         <v>23.4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5F2DDCDE-6BFC-49E1-A737-051D4E10493B}">
   <dimension ref="A1:U24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="J22" sqref="J22"/>
+      <selection activeCell="O22" sqref="O22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.90625" customWidth="1"/>
     <col min="2" max="2" width="10.54296875" customWidth="1"/>
     <col min="3" max="3" width="41.6328125" customWidth="1"/>
     <col min="4" max="4" width="23.6328125" customWidth="1"/>
     <col min="7" max="7" width="8.7265625" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="20" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>125</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:21" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -6525,635 +6525,920 @@
       </c>
       <c r="C3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E3" s="4">
         <v>630944</v>
       </c>
       <c r="F3" s="4">
         <v>143159</v>
       </c>
       <c r="G3" s="8">
         <v>18</v>
       </c>
       <c r="H3" s="4">
         <v>17.7</v>
       </c>
       <c r="I3" s="4">
         <v>22.2</v>
       </c>
       <c r="J3" s="4">
         <v>22.1</v>
       </c>
+      <c r="K3" s="4">
+        <v>13.3</v>
+      </c>
+      <c r="L3" s="4">
+        <v>14</v>
+      </c>
+      <c r="M3" s="4">
+        <v>10.9</v>
+      </c>
+      <c r="N3" s="4">
+        <v>11.4</v>
+      </c>
+      <c r="O3" s="4">
+        <v>10.8</v>
+      </c>
     </row>
     <row r="4" spans="1:21" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E4" s="4">
         <v>632317</v>
       </c>
       <c r="F4" s="4">
         <v>141429</v>
       </c>
       <c r="G4" s="8">
         <v>29.1</v>
       </c>
       <c r="H4" s="4">
         <v>26.7</v>
       </c>
       <c r="I4" s="4">
         <v>33.700000000000003</v>
       </c>
       <c r="J4" s="4">
         <v>33.700000000000003</v>
       </c>
+      <c r="K4" s="4">
+        <v>24.3</v>
+      </c>
+      <c r="L4" s="4">
+        <v>27.6</v>
+      </c>
+      <c r="M4" s="4">
+        <v>23.3</v>
+      </c>
+      <c r="N4" s="4">
+        <v>26.7</v>
+      </c>
+      <c r="O4" s="4">
+        <v>23.6</v>
+      </c>
     </row>
     <row r="5" spans="1:21" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E5" s="4">
         <v>631576</v>
       </c>
       <c r="F5" s="4">
         <v>140474</v>
       </c>
       <c r="G5" s="8">
         <v>20.7</v>
       </c>
       <c r="H5" s="4">
         <v>40.6</v>
       </c>
       <c r="I5" s="4">
         <v>40</v>
       </c>
       <c r="J5" s="4">
         <v>46.1</v>
       </c>
+      <c r="K5" s="4">
+        <v>33.799999999999997</v>
+      </c>
+      <c r="L5" s="4">
+        <v>48.3</v>
+      </c>
+      <c r="M5" s="4">
+        <v>27.3</v>
+      </c>
+      <c r="N5" s="4">
+        <v>31.4</v>
+      </c>
+      <c r="O5" s="4">
+        <v>25.8</v>
+      </c>
     </row>
     <row r="6" spans="1:21" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>48</v>
       </c>
       <c r="E6" s="4">
         <v>631986</v>
       </c>
       <c r="F6" s="4">
         <v>141321</v>
       </c>
       <c r="G6" s="8">
         <v>31.5</v>
       </c>
       <c r="H6" s="4">
         <v>34.9</v>
       </c>
       <c r="I6" s="4">
         <v>37.299999999999997</v>
       </c>
       <c r="J6" s="4">
         <v>33.200000000000003</v>
       </c>
+      <c r="K6" s="4">
+        <v>24.4</v>
+      </c>
+      <c r="L6" s="4">
+        <v>34.5</v>
+      </c>
+      <c r="M6" s="4">
+        <v>23.1</v>
+      </c>
+      <c r="N6" s="4">
+        <v>24</v>
+      </c>
+      <c r="O6" s="4">
+        <v>23.5</v>
+      </c>
     </row>
     <row r="7" spans="1:21" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A7" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>63</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E7" s="4">
         <v>631601</v>
       </c>
       <c r="F7" s="4">
         <v>141722</v>
       </c>
       <c r="G7" s="8">
         <v>40.5</v>
       </c>
       <c r="H7" s="4">
         <v>43.1</v>
       </c>
       <c r="I7" s="4">
         <v>44.5</v>
       </c>
       <c r="J7" s="4">
         <v>37.9</v>
       </c>
+      <c r="K7" s="4">
+        <v>32</v>
+      </c>
+      <c r="L7" s="4">
+        <v>39.1</v>
+      </c>
+      <c r="M7" s="4">
+        <v>33.200000000000003</v>
+      </c>
+      <c r="N7" s="4">
+        <v>30.3</v>
+      </c>
+      <c r="O7" s="4">
+        <v>31.3</v>
+      </c>
     </row>
     <row r="8" spans="1:21" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>38</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E8" s="4">
         <v>631601</v>
       </c>
       <c r="F8" s="4">
         <v>141722</v>
       </c>
       <c r="G8" s="8">
         <v>42.1</v>
       </c>
       <c r="H8" s="4">
         <v>32.799999999999997</v>
       </c>
       <c r="I8" s="4">
         <v>43.1</v>
       </c>
       <c r="J8" s="4">
         <v>38.5</v>
       </c>
+      <c r="K8" s="4">
+        <v>33.9</v>
+      </c>
+      <c r="L8" s="4">
+        <v>40.6</v>
+      </c>
+      <c r="M8" s="4">
+        <v>33.9</v>
+      </c>
+      <c r="N8" s="4">
+        <v>29.1</v>
+      </c>
+      <c r="O8" s="4">
+        <v>31.6</v>
+      </c>
     </row>
     <row r="9" spans="1:21" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E9" s="4">
         <v>631601</v>
       </c>
       <c r="F9" s="4">
         <v>141722</v>
       </c>
       <c r="G9" s="8">
         <v>47.4</v>
       </c>
       <c r="H9" s="4">
         <v>35.200000000000003</v>
       </c>
       <c r="I9" s="4">
         <v>43.1</v>
       </c>
       <c r="J9" s="4">
         <v>38.4</v>
       </c>
+      <c r="K9" s="4">
+        <v>29.2</v>
+      </c>
+      <c r="L9" s="4">
+        <v>38.200000000000003</v>
+      </c>
+      <c r="M9" s="4">
+        <v>33.799999999999997</v>
+      </c>
+      <c r="N9" s="4">
+        <v>31.3</v>
+      </c>
+      <c r="O9" s="4">
+        <v>31.7</v>
+      </c>
     </row>
     <row r="10" spans="1:21" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>44</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>76</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>77</v>
       </c>
       <c r="E10" s="5">
         <v>631598</v>
       </c>
       <c r="F10" s="5">
         <v>141763</v>
       </c>
       <c r="G10" s="8">
         <v>10</v>
       </c>
       <c r="H10" s="4">
         <v>34.299999999999997</v>
       </c>
       <c r="I10" s="4">
         <v>34.4</v>
       </c>
       <c r="J10" s="4">
         <v>35.5</v>
       </c>
+      <c r="K10" s="4">
+        <v>28</v>
+      </c>
+      <c r="L10" s="4">
+        <v>33.1</v>
+      </c>
+      <c r="M10" s="4">
+        <v>24.4</v>
+      </c>
+      <c r="N10" s="4">
+        <v>26.2</v>
+      </c>
+      <c r="O10" s="4">
+        <v>26.1</v>
+      </c>
     </row>
     <row r="11" spans="1:21" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>77</v>
       </c>
       <c r="E11" s="5">
         <v>631581</v>
       </c>
       <c r="F11" s="5">
         <v>141744</v>
       </c>
       <c r="G11" s="8">
         <v>40.6</v>
       </c>
       <c r="H11" s="4">
         <v>37.799999999999997</v>
       </c>
       <c r="I11" s="4">
         <v>35.1</v>
       </c>
       <c r="J11" s="4">
         <v>36.5</v>
       </c>
+      <c r="K11" s="4">
+        <v>31.1</v>
+      </c>
+      <c r="L11" s="4">
+        <v>36.700000000000003</v>
+      </c>
+      <c r="M11" s="4">
+        <v>29.9</v>
+      </c>
+      <c r="N11" s="4">
+        <v>28.3</v>
+      </c>
+      <c r="O11" s="4">
+        <v>29.4</v>
+      </c>
     </row>
     <row r="12" spans="1:21" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A12" s="4" t="s">
         <v>58</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E12" s="4">
         <v>631369</v>
       </c>
       <c r="F12" s="4">
         <v>141961</v>
       </c>
       <c r="G12" s="8">
         <v>38.4</v>
       </c>
       <c r="H12" s="4">
         <v>39.9</v>
       </c>
       <c r="I12" t="s">
         <v>40</v>
       </c>
       <c r="J12" t="s">
         <v>40</v>
       </c>
+      <c r="K12" t="s">
+        <v>40</v>
+      </c>
+      <c r="L12" s="4">
+        <v>30.2</v>
+      </c>
+      <c r="M12" s="4">
+        <v>25.4</v>
+      </c>
+      <c r="N12" s="4">
+        <v>21.5</v>
+      </c>
+      <c r="O12" s="4">
+        <v>25.9</v>
+      </c>
     </row>
     <row r="13" spans="1:21" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A13" s="4" t="s">
         <v>68</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>53</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>70</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E13" s="5">
         <v>632657</v>
       </c>
       <c r="F13" s="5">
         <v>141499</v>
       </c>
       <c r="G13" s="8">
         <v>35.9</v>
       </c>
       <c r="H13" s="4">
         <v>34.700000000000003</v>
       </c>
       <c r="I13" s="4">
         <v>45.8</v>
       </c>
       <c r="J13" s="4">
         <v>44.5</v>
       </c>
+      <c r="K13" s="4">
+        <v>31.3</v>
+      </c>
+      <c r="L13" s="4">
+        <v>34.799999999999997</v>
+      </c>
+      <c r="M13" s="4">
+        <v>30</v>
+      </c>
+      <c r="N13" s="4">
+        <v>33.299999999999997</v>
+      </c>
+      <c r="O13" s="4">
+        <v>26.8</v>
+      </c>
     </row>
     <row r="14" spans="1:21" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A14" s="4" t="s">
         <v>71</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>56</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E14" s="5">
         <v>632835</v>
       </c>
       <c r="F14" s="5">
         <v>141572</v>
       </c>
       <c r="G14" s="8">
         <v>36.5</v>
       </c>
       <c r="H14" s="4">
         <v>46.6</v>
       </c>
       <c r="I14" t="s">
         <v>40</v>
       </c>
       <c r="J14" s="4">
         <v>46.2</v>
       </c>
+      <c r="K14" s="4">
+        <v>39.6</v>
+      </c>
+      <c r="L14" s="4">
+        <v>46.1</v>
+      </c>
+      <c r="M14" s="4">
+        <v>31.6</v>
+      </c>
+      <c r="N14" s="4">
+        <v>33.299999999999997</v>
+      </c>
+      <c r="O14" s="4">
+        <v>29.5</v>
+      </c>
     </row>
     <row r="15" spans="1:21" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A15" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>59</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>102</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="5">
         <v>630717</v>
       </c>
       <c r="F15" s="5">
         <v>140020</v>
       </c>
       <c r="G15" s="8">
         <v>16.399999999999999</v>
       </c>
       <c r="H15" s="4">
         <v>25.4</v>
       </c>
       <c r="I15" s="4">
         <v>30</v>
       </c>
       <c r="J15" s="4">
         <v>25.8</v>
       </c>
+      <c r="K15" s="4">
+        <v>18.5</v>
+      </c>
+      <c r="L15" s="4">
+        <v>33.9</v>
+      </c>
+      <c r="M15" s="4">
+        <v>13.1</v>
+      </c>
+      <c r="N15" s="4">
+        <v>16.899999999999999</v>
+      </c>
+      <c r="O15" s="4">
+        <v>11</v>
+      </c>
     </row>
     <row r="16" spans="1:21" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A16" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>62</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E16" s="4">
         <v>631729</v>
       </c>
       <c r="F16" s="4">
         <v>140965</v>
       </c>
       <c r="G16" s="8">
         <v>22.5</v>
       </c>
       <c r="H16" s="4">
         <v>36.9</v>
       </c>
       <c r="I16" s="4">
         <v>40.299999999999997</v>
       </c>
       <c r="J16" s="4">
         <v>39.299999999999997</v>
       </c>
-    </row>
-    <row r="17" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="K16" s="4">
+        <v>38.700000000000003</v>
+      </c>
+      <c r="L16" s="4">
+        <v>39.4</v>
+      </c>
+      <c r="M16" s="4">
+        <v>30.1</v>
+      </c>
+      <c r="N16" s="4">
+        <v>31</v>
+      </c>
+      <c r="O16" s="4">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A17" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>65</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E17" s="4">
         <v>631858</v>
       </c>
       <c r="F17" s="4">
         <v>141167</v>
       </c>
       <c r="G17" s="8">
         <v>31.9</v>
       </c>
       <c r="H17" s="4">
         <v>35.1</v>
       </c>
       <c r="I17" t="s">
         <v>40</v>
       </c>
       <c r="J17" s="4">
         <v>35.700000000000003</v>
       </c>
-    </row>
-    <row r="18" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="K17" t="s">
+        <v>40</v>
+      </c>
+      <c r="L17" s="4">
+        <v>40.299999999999997</v>
+      </c>
+      <c r="M17" s="4">
+        <v>26</v>
+      </c>
+      <c r="N17" s="4">
+        <v>24.1</v>
+      </c>
+      <c r="O17" s="4">
+        <v>22.3</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A18" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>67</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>90</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E18" s="5">
         <v>635698</v>
       </c>
       <c r="F18" s="5">
         <v>152325</v>
       </c>
       <c r="G18" s="8">
         <v>11.5</v>
       </c>
       <c r="H18" s="4">
         <v>23.7</v>
       </c>
       <c r="I18" s="4">
         <v>23.3</v>
       </c>
       <c r="J18" s="4">
         <v>24</v>
       </c>
-    </row>
-    <row r="19" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="K18" s="4">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="L18" s="4">
+        <v>22.4</v>
+      </c>
+      <c r="M18" s="4">
+        <v>12.3</v>
+      </c>
+      <c r="N18" s="4">
+        <v>14.6</v>
+      </c>
+      <c r="O18" s="4">
+        <v>14.1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A19" s="4" t="s">
         <v>82</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>69</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>84</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>77</v>
       </c>
       <c r="E19" s="5">
         <v>636259</v>
       </c>
       <c r="F19" s="5">
         <v>151914</v>
       </c>
       <c r="G19" s="8">
         <v>36.6</v>
       </c>
       <c r="H19" s="4">
         <v>32.700000000000003</v>
       </c>
       <c r="I19" s="4">
         <v>52.6</v>
       </c>
       <c r="J19" s="4">
         <v>48.4</v>
       </c>
-    </row>
-    <row r="20" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="K19" s="4">
+        <v>38.4</v>
+      </c>
+      <c r="L19" s="4">
+        <v>44.4</v>
+      </c>
+      <c r="M19" s="4">
+        <v>24.2</v>
+      </c>
+      <c r="N19" s="4">
+        <v>15.7</v>
+      </c>
+      <c r="O19" s="4">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A20" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>72</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>77</v>
       </c>
       <c r="E20" s="5">
         <v>636161</v>
       </c>
       <c r="F20" s="5">
         <v>151957</v>
       </c>
       <c r="G20" s="8">
         <v>30.9</v>
       </c>
       <c r="H20" s="4">
         <v>32.9</v>
       </c>
       <c r="I20" s="4">
         <v>29.2</v>
       </c>
       <c r="J20" s="4">
         <v>27.7</v>
       </c>
-    </row>
-    <row r="21" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="K20" s="4">
+        <v>26.1</v>
+      </c>
+      <c r="L20" s="4">
+        <v>29.5</v>
+      </c>
+      <c r="M20" s="4">
+        <v>13.5</v>
+      </c>
+      <c r="N20" s="4">
+        <v>10.6</v>
+      </c>
+      <c r="O20" s="4">
+        <v>21.6</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A21" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>93</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E21" s="5">
         <v>631418</v>
       </c>
       <c r="F21" s="5">
         <v>142455</v>
       </c>
       <c r="G21" s="8">
         <v>23.2</v>
       </c>
       <c r="H21" s="4">
         <v>27.7</v>
       </c>
       <c r="I21" s="4">
         <v>27</v>
       </c>
       <c r="J21" s="4">
         <v>23.5</v>
       </c>
-    </row>
-    <row r="23" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="K21" s="4">
+        <v>17.899999999999999</v>
+      </c>
+      <c r="L21" s="4">
+        <v>23.7</v>
+      </c>
+      <c r="M21" t="s">
+        <v>40</v>
+      </c>
+      <c r="N21" s="4">
+        <v>13.3</v>
+      </c>
+      <c r="O21" s="4">
+        <v>17.100000000000001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A23" s="5"/>
       <c r="B23" s="4"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
       <c r="F23" s="5"/>
     </row>
-    <row r="24" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="B24" s="4"/>
       <c r="C24" s="4"/>
       <c r="D24" s="5"/>
       <c r="E24" s="5"/>
       <c r="F24" s="5"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8D937620-C88F-4586-8561-E7B70DFDB841}">
   <dimension ref="A1:W30"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G2" sqref="G2:U2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="1"/>
     <col min="2" max="2" width="10.1796875" customWidth="1"/>
     <col min="3" max="3" width="41.7265625" customWidth="1"/>
@@ -13518,67 +13803,67 @@
       <c r="P25" s="6"/>
       <c r="Q25" s="6"/>
       <c r="R25" s="6"/>
       <c r="S25" s="6"/>
       <c r="T25" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="b4a9b921-b2a6-4acf-9a9e-35f54783dbf7">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="e5d7ad33-a121-4b33-839b-051c8926d75f" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005D90E76DD902874F9819780BD82C19D8" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="86ecdb19490c5002aeccfc1b190b8928">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b4a9b921-b2a6-4acf-9a9e-35f54783dbf7" xmlns:ns3="e5d7ad33-a121-4b33-839b-051c8926d75f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="67cdbef39afea981a037e37772cc7320" ns2:_="" ns3:_="">
     <xsd:import namespace="b4a9b921-b2a6-4acf-9a9e-35f54783dbf7"/>
     <xsd:import namespace="e5d7ad33-a121-4b33-839b-051c8926d75f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
@@ -13793,64 +14078,64 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{808B73B2-D3F0-4CB7-B620-9B2C4935006D}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1D0B74B-5083-4CE7-BC08-29724F5FA6EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="b4a9b921-b2a6-4acf-9a9e-35f54783dbf7"/>
     <ds:schemaRef ds:uri="e5d7ad33-a121-4b33-839b-051c8926d75f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{808B73B2-D3F0-4CB7-B620-9B2C4935006D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB86EDE9-2CE5-4B3E-8E74-D8F7C641BF3E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b4a9b921-b2a6-4acf-9a9e-35f54783dbf7"/>
     <ds:schemaRef ds:uri="e5d7ad33-a121-4b33-839b-051c8926d75f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">